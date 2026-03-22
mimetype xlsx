--- v0 (2025-12-17)
+++ v1 (2026-03-22)
@@ -51,793 +51,793 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>CHEFE DO PODER EXECUTIVO MUNICIPAL - CPEM</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1/projeto_de_lei_do_executivo_01-2024_-_receita_leilao.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1/projeto_de_lei_do_executivo_01-2024_-_receita_leilao.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Dispõe sobre a destinação de recursos obtidos por alienação de bens para o pagamento de despesas previdenciárias e dá outras providências</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/2/projeto_de_lei_do_executivo_02-2024_-_especial_por_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/2/projeto_de_lei_do_executivo_02-2024_-_especial_por_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Especial por Excesso de Arrecadação no orçamento vigente de 2024 do Município de Salto do Itararé, e dá outras providências.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/3/projeto_de_lei_do_executivo_03-2024_-_superavit_financeiro.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/3/projeto_de_lei_do_executivo_03-2024_-_superavit_financeiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Especial por Superávit Financeiro no orçamento vigente de 2024 do Município de Salto do Itararé, e dá outras providências.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/4/projeto_de_lei_do_executivo_04-2024_-_suplementar.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/4/projeto_de_lei_do_executivo_04-2024_-_suplementar.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar no orçamento vigente de 2024 do Município de Salto do Itararé, e dá outras providências.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/5/projeto_de_lei_do_executivo_05-2024_-_reajuste_geral_servidores_2024.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/5/projeto_de_lei_do_executivo_05-2024_-_reajuste_geral_servidores_2024.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Chefe do Poder Executivo municipal a conceder reajuste nos vencimentos dos servidores públicos municipais e dá outras providências”.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/6/projeto_de_lei_do_executivo_06-2024_-_reajuste_piso_salarial_professores_2024.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/6/projeto_de_lei_do_executivo_06-2024_-_reajuste_piso_salarial_professores_2024.pdf</t>
   </si>
   <si>
     <t>“Fixa o piso salárial do magistério no Município de Salto do Itararé e dá outras providências”.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/7/projeto_de_lei_do_executivo_07-2024_-_reajuste_subsidio_2024_prefeito_vice_e_secretario.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/7/projeto_de_lei_do_executivo_07-2024_-_reajuste_subsidio_2024_prefeito_vice_e_secretario.pdf</t>
   </si>
   <si>
     <t>Súmula: Concede Reajuste nos Subsídios do Prefeito, Vice-Prefeito e Secretários Municipais de Salto do Itararé, Estado do Paraná, e da outras providências.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/8/projeto_de_lei_do_executivo_08-2024_-_superavit_financeiro.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/8/projeto_de_lei_do_executivo_08-2024_-_superavit_financeiro.pdf</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/9/projeto_de_lei_do_executivo_09-2024_-_cria_fg_de_encarregado_do_departamento_de_comunicacao.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/9/projeto_de_lei_do_executivo_09-2024_-_cria_fg_de_encarregado_do_departamento_de_comunicacao.pdf</t>
   </si>
   <si>
     <t>“Modifica a simbologia das funções gratificadas da estrutura organizacional do Município de Salto do Itararé - PR, extinguindo o cargo de Encarregado do Departamento de Conservação de Estradas Vicinais e criando o cargo de Encarregado do Departamento de Comunicação, e dá outras providências”.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/12/102024_-_ouvidoria_municipal_de_saude.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/12/102024_-_ouvidoria_municipal_de_saude.pdf</t>
   </si>
   <si>
     <t>Institui a Ouvidoria–Geral do Município e a Ouvidora-Geral do SUS (Sistema Único de Saúde), no âmbito do Município de Salto do Itararé – PR, e dá outras providências</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>“Autoriza o Município de Salto do Itararé - PR a firmar convênio com a APAE de Salto do Itararé - PR para efetuar repasse de recursos provenientes de emendas parlamentares”</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/14/projeto_de_lei_do_executivo_12-2024_-_especial_por_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/14/projeto_de_lei_do_executivo_12-2024_-_especial_por_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/15/projeto_de_lei_do_executivo_13-2024_-_suplementar.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/15/projeto_de_lei_do_executivo_13-2024_-_suplementar.pdf</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/16/projeto_de_lei_do_executivo_14-2024_-_declaracao_de_utilidade_publica_associacao_de_moradores.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/16/projeto_de_lei_do_executivo_14-2024_-_declaracao_de_utilidade_publica_associacao_de_moradores.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a “Associação dos Moradores do Bairro Alecrim - AMBA”.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar no orçamento vigente de 2024 do Município de Salto do Itararé, e da outras providências</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/22/projeto_de_lei_do_executivo_17-2024_-_superavit_financeiro.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/22/projeto_de_lei_do_executivo_17-2024_-_superavit_financeiro.pdf</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/23/projeto_de_lei_do_executivo_18-2024_-_superavit_financeiro.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/23/projeto_de_lei_do_executivo_18-2024_-_superavit_financeiro.pdf</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/24/projeto_de_lei_do_executivo_19-2024_-_ratificacao_cisnorp.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/24/projeto_de_lei_do_executivo_19-2024_-_ratificacao_cisnorp.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções do Consórcio Público Intermunicipal de Saúde do Norte Pioneiro – CISNORPI, com a alteração de sua natureza jurídica_x000D_
 para associação pública, na forma do art. 1º, § 1º, da Lei 11.107, de 6 de abril de 2005.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/25/projeto_de_lei_do_executivo_20-2024_-_abertura_de_credito_suplementar.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/25/projeto_de_lei_do_executivo_20-2024_-_abertura_de_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/27/projeto_de_lei_do_executivo_22-2024_-_abertura_de_credito_suplementar.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/27/projeto_de_lei_do_executivo_22-2024_-_abertura_de_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/28/projeto_de_lei_do_executivo_23-2024_-__abertura_de_credito_por_superavit_financeiro.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/28/projeto_de_lei_do_executivo_23-2024_-__abertura_de_credito_por_superavit_financeiro.pdf</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/29/projeto_de_lei_do_executivo_24-2024_-_cria_fg_de__coordenador_epidemiologia.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/29/projeto_de_lei_do_executivo_24-2024_-_cria_fg_de__coordenador_epidemiologia.pdf</t>
   </si>
   <si>
     <t>Acrescenta as funções Coordenador do Departamento de Controle de Epidemiologia na tabela contida no Anexo I da Lei Municipal n° 611/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/30/projeto_de_lei_do_executivo_25-2024_-_criacao_do_conselho_municipal_de_meio_ambiente_-_comdema.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/30/projeto_de_lei_do_executivo_25-2024_-_criacao_do_conselho_municipal_de_meio_ambiente_-_comdema.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Meio Ambiente e dá outras providências.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/31/projeto_de_lei_do_executivo_26-2024_-_credito_adicional_suplementar.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/31/projeto_de_lei_do_executivo_26-2024_-_credito_adicional_suplementar.pdf</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/32/projeto_de_lei_do_executivo_27-2025_-_criacao_do_conselho_municipal_de_seguranca_alimentar_-_comsea.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/32/projeto_de_lei_do_executivo_27-2025_-_criacao_do_conselho_municipal_de_seguranca_alimentar_-_comsea.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Dispõe sobre a criação do Conselho Municipal de segurança Alimentar e Nutricional – COMSEA e dá outras providências.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/33/projeto_de_lei_do_executivo_28-2024_-_ldo.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/33/projeto_de_lei_do_executivo_28-2024_-_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da Lei de Diretrizes Orçamentárias para o exercício de 2025 e dá outras providências</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/34/projeto_de_lei_do_executivo_29-2024_-_superavit_financeiro.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/34/projeto_de_lei_do_executivo_29-2024_-_superavit_financeiro.pdf</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/36/projeto_de_lei_do_executivo_30-2024_-_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/36/projeto_de_lei_do_executivo_30-2024_-_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/38/projeto_de_lei_do_executivo_31-2024_-_superavit_financeiro.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/38/projeto_de_lei_do_executivo_31-2024_-_superavit_financeiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Especial_x000D_
 por Superávit Financeiro no orçamento vigente de_x000D_
 2024 do Município de Salto do Itararé, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/39/projeto_de_lei_do_executivo_32-2024_-_especial_por_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/39/projeto_de_lei_do_executivo_32-2024_-_especial_por_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Especial_x000D_
 por Excesso de Arrecadação no orçamento vigente de_x000D_
 2024 do Município de Salto do Itararé, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/40/projeto_de_lei_do_executivo_33-2024_-_suplementar.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/40/projeto_de_lei_do_executivo_33-2024_-_suplementar.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional_x000D_
 Suplementar no orçamento vigente de 2024 do_x000D_
 Município de Salto do Itararé, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/46/projeto_de_lei_do_executivo_34-2024_-_utilizacao_de_transporte_escolar_pela_escolinha_de_futebol.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/46/projeto_de_lei_do_executivo_34-2024_-_utilizacao_de_transporte_escolar_pela_escolinha_de_futebol.pdf</t>
   </si>
   <si>
     <t>Súmula: Autoriza a utilização de veículos do transporte escolar pela escolinha de futebol do Município de Salto do Itararé/PR e dá outras providências.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/47/projeto_de_lei_do_executivo_35-2024__-_criacao_de_vaga_-_agente_de_saude.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/47/projeto_de_lei_do_executivo_35-2024__-_criacao_de_vaga_-_agente_de_saude.pdf</t>
   </si>
   <si>
     <t>Súmula: Altera a Lei Municipal Nº 61, de 22 de setembro de 2010, que dispõe sobre a Estrutura Administrativa do Município de Salto do Itararé e dá outras providências.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/54/projeto_de_lei_do_executivo_36-2024_-_especial_por_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/54/projeto_de_lei_do_executivo_36-2024_-_especial_por_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/55/projeto_de_lei_do_executivo_37-2024_-_suplementar.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/55/projeto_de_lei_do_executivo_37-2024_-_suplementar.pdf</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/56/projeto_de_lei_do_executivo_38-2024_-_superavit_financeiro.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/56/projeto_de_lei_do_executivo_38-2024_-_superavit_financeiro.pdf</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/66/projeto_de_lei_do_executivo_39-2024_-_abertura_de_credito_adicional_suplementar.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/66/projeto_de_lei_do_executivo_39-2024_-_abertura_de_credito_adicional_suplementar.pdf</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/70/projeto_de_lei_do_executivo_41-2024_-_abertura_de_credito_especial_por_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/70/projeto_de_lei_do_executivo_41-2024_-_abertura_de_credito_especial_por_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/71/projeto_de_lei_do_executivo_42-2024-_abertura_de_credito_adicional_suplementar.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/71/projeto_de_lei_do_executivo_42-2024-_abertura_de_credito_adicional_suplementar.pdf</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/72/projeto_de_lei_do_executivo_43-2024_-_abertura_de_credito_adicional_suplementar.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/72/projeto_de_lei_do_executivo_43-2024_-_abertura_de_credito_adicional_suplementar.pdf</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/74/projeto_de_lei_do_executivo_44-2024_-_denmina_parque_urbano.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/74/projeto_de_lei_do_executivo_44-2024_-_denmina_parque_urbano.pdf</t>
   </si>
   <si>
     <t>Súmula: Denominação de Prédio Público.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/75/projeto_de_lei_do_executivo_45-_2024_-_abertura_de_credito_suplementar.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/75/projeto_de_lei_do_executivo_45-_2024_-_abertura_de_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/76/projeto_de_lei_do_executivo_46-2024_-_abertura_de_credito_superativ.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/76/projeto_de_lei_do_executivo_46-2024_-_abertura_de_credito_superativ.pdf</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/77/projeto_de_lei_do_executivo_47-2024_-_abertura_de_credito_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/77/projeto_de_lei_do_executivo_47-2024_-_abertura_de_credito_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/78/482024_loa_novo.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/78/482024_loa_novo.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Salto do Itararé, Estado do Paraná, para o exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/80/projeto_de_lei_do_executivo_49-2024_-_abertura_de_credito_especial_suplementar.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/80/projeto_de_lei_do_executivo_49-2024_-_abertura_de_credito_especial_suplementar.pdf</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/81/projeto_de_lei_do_executivo_50-2024_-_abertura_de_credito_exesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/81/projeto_de_lei_do_executivo_50-2024_-_abertura_de_credito_exesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/83/projeto_de_lei_do_executivo_51-2024_-_abertura_de_cedito_suplementar.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/83/projeto_de_lei_do_executivo_51-2024_-_abertura_de_cedito_suplementar.pdf</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/84/projeto_de_lei_do_executivo_52-2024_-_abertura_de_credito_por_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/84/projeto_de_lei_do_executivo_52-2024_-_abertura_de_credito_por_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/86/projeto_de_lei_do_executivo_53-2024_-_institui_o_plano_municipal_de_cultura.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/86/projeto_de_lei_do_executivo_53-2024_-_institui_o_plano_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>Súmula: Institui o Plano Municipal de Cultura – PLAMCULT e adota outras providências.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/87/projeto_de_lei_do_executivo_54-2024_-_abertura_de_credito_especial_excesso.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/87/projeto_de_lei_do_executivo_54-2024_-_abertura_de_credito_especial_excesso.pdf</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/89/projeto_de_lei_do_executivo_55-2024_-_extincao_do_cargo_efetivo_de_controle_interno.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/89/projeto_de_lei_do_executivo_55-2024_-_extincao_do_cargo_efetivo_de_controle_interno.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a alterar a Lei Municipal nº 648/2022 e dá outras providências”.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/90/projeto_de_lei_do_executivo_56-2024_-_abertura_de_credito_espcial_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/90/projeto_de_lei_do_executivo_56-2024_-_abertura_de_credito_espcial_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/91/projeto_de_lei_do_executivo_57-2024_-_abertura_de_credito_especial_suplementar.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/91/projeto_de_lei_do_executivo_57-2024_-_abertura_de_credito_especial_suplementar.pdf</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/92/projeto_de_lei_do_executivoi_58_-2024_-_especial_por_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/92/projeto_de_lei_do_executivoi_58_-2024_-_especial_por_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/10/01_-_projeto_de_lei_legislativo_01_-_reajuste_servidores.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/10/01_-_projeto_de_lei_legislativo_01_-_reajuste_servidores.pdf</t>
   </si>
   <si>
     <t>Súmula: Concede Reajuste nos Vencimentos dos Servidores da Câmara Municipal, do Município de Salto do Itararé, Estado do Paraná, e da outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/11/02_-_projeto_de_lei_legislativo_02_-_reajuste_agentes_politicos.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/11/02_-_projeto_de_lei_legislativo_02_-_reajuste_agentes_politicos.pdf</t>
   </si>
   <si>
     <t>Súmula: Concede Recomposição nos Subsídios do Presidente e Vereadores da Câmara Municipal de Salto do Itararé, Estado do Paraná, e da outras providências.</t>
   </si>
   <si>
     <t>Súmula: "Dispõe sobre alteração da estrutura dos Cargos, Salários e Evolução funcional dos Servidores da Câmara Municipal de Salto do Itararé/PR, criando e modificando o quadro de Função Gratificada e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/35/04_-_projeto_de_lei_legislativo_04_-_denomina_predio_publico.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/35/04_-_projeto_de_lei_legislativo_04_-_denomina_predio_publico.pdf</t>
   </si>
   <si>
     <t>Denomina Prédio Público.</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/37/pll_06-2024.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/37/pll_06-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Abertura de Crédito Adicional Especial no Orçamento da Câmara Municipal de Salto do Itararé, Estado do Paraná, e da outras providencias.</t>
   </si>
   <si>
     <t>JOSÉ NILDO DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/41/06-_projeto_de_lei_do_poder_legislativo_06.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/41/06-_projeto_de_lei_do_poder_legislativo_06.pdf</t>
   </si>
   <si>
     <t>Súmula: Fica proibido no Município de Salto do Itararé a queima, soltura e manuseio de fogos de artifício, artefatos pirotécnicos, rojões e foguetes que causem poluição sonora ocasionados por estouros e estampidos.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>ANÉZIO, CARLOS EDUARDO DA SILVA, CELSINHO, JOSÉ NILDO DOS SANTOS, MINEIRINHO, NENE DA AMBULÂNCIA, REGINALDO APARECIDO ALVES, SOCÓ, VANDERLAN FERREIRA DE ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/60/07_-_projeto_de_lei_do_legislativo_07-2024_-_nomeia_predio_publico__000324.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/60/07_-_projeto_de_lei_do_legislativo_07-2024_-_nomeia_predio_publico__000324.pdf</t>
   </si>
   <si>
     <t>Nomeia Prédio Público.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/61/08_-_projeto_de_lei_do_legislativo_08-2024_-_nomeia_predio_publico__000325.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/61/08_-_projeto_de_lei_do_legislativo_08-2024_-_nomeia_predio_publico__000325.pdf</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/63/09_-_projeto_de_lei_do_legislativo_09-2024__000330.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/63/09_-_projeto_de_lei_do_legislativo_09-2024__000330.pdf</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/64/10_-_projeto_de_lei_do_legisaltivo_10_000340.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/64/10_-_projeto_de_lei_do_legisaltivo_10_000340.pdf</t>
   </si>
   <si>
     <t>SÚMULA: FIXA OS SUBSÍDIOS DO PREFEITO, VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS PARA O PERÍODO DA LEGISLATURA DE 2025 À 2028 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/65/11_-_projeto_de_lei_do_legisaltivo_11_000339.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/65/11_-_projeto_de_lei_do_legisaltivo_11_000339.pdf</t>
   </si>
   <si>
     <t>SÚMULA: FIXA OS SUBSÍDIOS DO PRESIDENTE DA CÂMARA E DOS VEREADORES PARA O PERÍODO DA LEGISLATURA DE 2025 À 2028 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/68/12_-_projeto_de_lei_do_legislativo_12-2024.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/68/12_-_projeto_de_lei_do_legislativo_12-2024.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre Abertura de Crédito Adicional Suplementar no Orçamento da Câmara Municipal de Salto do Itararé, Estado do Paraná, e da outras providencias.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>CELSINHO, ANÉZIO, CARLOS EDUARDO DA SILVA, JOSÉ NILDO DOS SANTOS, MINEIRINHO, NENE DA AMBULÂNCIA, REGINALDO APARECIDO ALVES, SOCÓ, VANDERLAN FERREIRA DE ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/73/13_-_projeto_de_lei_do_legislativo_13-2024_000344.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/73/13_-_projeto_de_lei_do_legislativo_13-2024_000344.pdf</t>
   </si>
   <si>
     <t>Súmula: Denominação do Parque Urbano.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
     <t>“Súmula – ACÓRDÃO DE PARECER PRÉVIO Nº 309/23 - Segunda Câmara - Prestação de Contas do Prefeito. Município de Salto do Itararé. Exercício financeiro de 2020. Resultado orçamentário/financeiro de fontes não vinculadas a programas, convênios, operações de créditos e RPPS. Obrigações de despesa contraídas nos últimos dois quadrimestres do mandato que tenham parcelas a serem pagas no exercício seguinte sem que haja suficiente disponibilidade de caixa, conforme critérios fixados no Prejulgado 15. Emissão de Parecer Prévio recomendando a regularidade das contas com ressalva.”</t>
   </si>
   <si>
     <t>“Súmula – ACÓRDÃO DE PARECER PRÉVIO Nº 180/23 - Tribunal Pleno - Alegação de omissão e obscuridade. Omissão de decisão que não considerou o resultado acumulado do exercício. Uniformização de jurisprudência. Conversão de efeitos infringentes para recomendar a ressalva do déficit de 3% das receitas do exercício e afastar a aplicação de sanção ao recorrente. Conhecimento e provimento dos embargos.”</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS E ORÇAMENTO - CFO</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/82/03_-_projeto_de_decreto_legislativo_03_-_prestacao_de_contas_2021.doc.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/82/03_-_projeto_de_decreto_legislativo_03_-_prestacao_de_contas_2021.doc.pdf</t>
   </si>
   <si>
     <t>“Súmula – ACÓRDÃO DE PARECER PRÉVIO Nº 422/23 - Primeira Câmara - Prestação de Contas do Prefeito Municipal. Exercício financeiro de 2021. Pela regularidade com aposição de ressalvas.”</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>REGINALDO APARECIDO ALVES</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/48/indicacao_01-2024.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/48/indicacao_01-2024.pdf</t>
   </si>
   <si>
     <t>Arrumação e empedramento da Estrada que liga o Bairro do Betos.</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/49/indicacao_02-2024.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/49/indicacao_02-2024.pdf</t>
   </si>
   <si>
     <t>Colocação de Mata-Burro na porteira do Sítio do "Nego Campese".</t>
   </si>
   <si>
     <t>CELSINHO</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/50/indicacao_03-2024.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/50/indicacao_03-2024.pdf</t>
   </si>
   <si>
     <t>Arrumação da iluminação pública na Vila Rural.</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/51/indicacao_04-2024.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/51/indicacao_04-2024.pdf</t>
   </si>
   <si>
     <t>Arrumação e Limpeza da Estrada que liga o Bairro Curumim.</t>
   </si>
   <si>
     <t>ANÉZIO</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/52/indicacao_05-2024.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/52/indicacao_05-2024.pdf</t>
   </si>
   <si>
     <t>Disponibilização de transporte público entre os postos de saúde até as fábricas de confecções.</t>
   </si>
   <si>
     <t>SOCÓ</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/53/indicacao06-2024_000321.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/53/indicacao06-2024_000321.pdf</t>
   </si>
   <si>
     <t>Reforma e empedramento da Estrada do Palmital até a Fazenda do Italiano.</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/57/indicacao_07-2024__000328.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/57/indicacao_07-2024__000328.pdf</t>
   </si>
   <si>
     <t>Que seja feito uma Casa de Apoio ao Idoso.</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/58/indicacao_08-2024__000326.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/58/indicacao_08-2024__000326.pdf</t>
   </si>
   <si>
     <t>Que seja feito o empedramento da Vila rural.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/59/indicacao_09-2024__000327.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/59/indicacao_09-2024__000327.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizado transporte esportivo ao Município de Salto do Itararé.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>VANDERLAN FERREIRA DE ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/69/indicacao_10-2024_000341.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/69/indicacao_10-2024_000341.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que seja contratado mais um Fisioterapeuta para atender no Município de Salto do Itararé.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Que seja feito o Empedramento.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal que seja feito melhorias na estrada da corredeira até o Curumim, próximo a propriedade do Senhor Pedro Marabeli.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>NENE DA AMBULÂNCIA</t>
   </si>
   <si>
     <t>Requer seja dispensado parecer da Comissão para votação do Projeto de Lei do Executivo 09/2024.</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/45/requerimento_02-2024.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/45/requerimento_02-2024.pdf</t>
   </si>
   <si>
     <t>Requer cópia da Licitação feita para asfaltamento do bairro Curumim.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>REGINALDO APARECIDO ALVES, SOCÓ</t>
   </si>
   <si>
-    <t>https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/62/requerimento_05-2024__000329.pdf</t>
+    <t>http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/62/requerimento_05-2024__000329.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado a esta Casa de Leis cópias do valor gastos com telas de proteção da rodoviária do Município de Salto do Itararé, bem como qual empresa realizou o serviço.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1144,68 +1144,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1/projeto_de_lei_do_executivo_01-2024_-_receita_leilao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/2/projeto_de_lei_do_executivo_02-2024_-_especial_por_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/3/projeto_de_lei_do_executivo_03-2024_-_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/4/projeto_de_lei_do_executivo_04-2024_-_suplementar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/5/projeto_de_lei_do_executivo_05-2024_-_reajuste_geral_servidores_2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/6/projeto_de_lei_do_executivo_06-2024_-_reajuste_piso_salarial_professores_2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/7/projeto_de_lei_do_executivo_07-2024_-_reajuste_subsidio_2024_prefeito_vice_e_secretario.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/8/projeto_de_lei_do_executivo_08-2024_-_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/9/projeto_de_lei_do_executivo_09-2024_-_cria_fg_de_encarregado_do_departamento_de_comunicacao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/12/102024_-_ouvidoria_municipal_de_saude.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/14/projeto_de_lei_do_executivo_12-2024_-_especial_por_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/15/projeto_de_lei_do_executivo_13-2024_-_suplementar.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/16/projeto_de_lei_do_executivo_14-2024_-_declaracao_de_utilidade_publica_associacao_de_moradores.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/22/projeto_de_lei_do_executivo_17-2024_-_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/23/projeto_de_lei_do_executivo_18-2024_-_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/24/projeto_de_lei_do_executivo_19-2024_-_ratificacao_cisnorp.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/25/projeto_de_lei_do_executivo_20-2024_-_abertura_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/27/projeto_de_lei_do_executivo_22-2024_-_abertura_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/28/projeto_de_lei_do_executivo_23-2024_-__abertura_de_credito_por_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/29/projeto_de_lei_do_executivo_24-2024_-_cria_fg_de__coordenador_epidemiologia.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/30/projeto_de_lei_do_executivo_25-2024_-_criacao_do_conselho_municipal_de_meio_ambiente_-_comdema.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/31/projeto_de_lei_do_executivo_26-2024_-_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/32/projeto_de_lei_do_executivo_27-2025_-_criacao_do_conselho_municipal_de_seguranca_alimentar_-_comsea.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/33/projeto_de_lei_do_executivo_28-2024_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/34/projeto_de_lei_do_executivo_29-2024_-_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/36/projeto_de_lei_do_executivo_30-2024_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/38/projeto_de_lei_do_executivo_31-2024_-_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/39/projeto_de_lei_do_executivo_32-2024_-_especial_por_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/40/projeto_de_lei_do_executivo_33-2024_-_suplementar.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/46/projeto_de_lei_do_executivo_34-2024_-_utilizacao_de_transporte_escolar_pela_escolinha_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/47/projeto_de_lei_do_executivo_35-2024__-_criacao_de_vaga_-_agente_de_saude.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/54/projeto_de_lei_do_executivo_36-2024_-_especial_por_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/55/projeto_de_lei_do_executivo_37-2024_-_suplementar.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/56/projeto_de_lei_do_executivo_38-2024_-_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/66/projeto_de_lei_do_executivo_39-2024_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/70/projeto_de_lei_do_executivo_41-2024_-_abertura_de_credito_especial_por_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/71/projeto_de_lei_do_executivo_42-2024-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/72/projeto_de_lei_do_executivo_43-2024_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/74/projeto_de_lei_do_executivo_44-2024_-_denmina_parque_urbano.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/75/projeto_de_lei_do_executivo_45-_2024_-_abertura_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/76/projeto_de_lei_do_executivo_46-2024_-_abertura_de_credito_superativ.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/77/projeto_de_lei_do_executivo_47-2024_-_abertura_de_credito_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/78/482024_loa_novo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/80/projeto_de_lei_do_executivo_49-2024_-_abertura_de_credito_especial_suplementar.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/81/projeto_de_lei_do_executivo_50-2024_-_abertura_de_credito_exesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/83/projeto_de_lei_do_executivo_51-2024_-_abertura_de_cedito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/84/projeto_de_lei_do_executivo_52-2024_-_abertura_de_credito_por_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/86/projeto_de_lei_do_executivo_53-2024_-_institui_o_plano_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/87/projeto_de_lei_do_executivo_54-2024_-_abertura_de_credito_especial_excesso.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/89/projeto_de_lei_do_executivo_55-2024_-_extincao_do_cargo_efetivo_de_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/90/projeto_de_lei_do_executivo_56-2024_-_abertura_de_credito_espcial_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/91/projeto_de_lei_do_executivo_57-2024_-_abertura_de_credito_especial_suplementar.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/92/projeto_de_lei_do_executivoi_58_-2024_-_especial_por_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/10/01_-_projeto_de_lei_legislativo_01_-_reajuste_servidores.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/11/02_-_projeto_de_lei_legislativo_02_-_reajuste_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/35/04_-_projeto_de_lei_legislativo_04_-_denomina_predio_publico.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/37/pll_06-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/41/06-_projeto_de_lei_do_poder_legislativo_06.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/60/07_-_projeto_de_lei_do_legislativo_07-2024_-_nomeia_predio_publico__000324.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/61/08_-_projeto_de_lei_do_legislativo_08-2024_-_nomeia_predio_publico__000325.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/63/09_-_projeto_de_lei_do_legislativo_09-2024__000330.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/64/10_-_projeto_de_lei_do_legisaltivo_10_000340.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/65/11_-_projeto_de_lei_do_legisaltivo_11_000339.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/68/12_-_projeto_de_lei_do_legislativo_12-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/73/13_-_projeto_de_lei_do_legislativo_13-2024_000344.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/82/03_-_projeto_de_decreto_legislativo_03_-_prestacao_de_contas_2021.doc.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/48/indicacao_01-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/49/indicacao_02-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/50/indicacao_03-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/51/indicacao_04-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/52/indicacao_05-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/53/indicacao06-2024_000321.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/57/indicacao_07-2024__000328.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/58/indicacao_08-2024__000326.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/59/indicacao_09-2024__000327.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/69/indicacao_10-2024_000341.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/45/requerimento_02-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/62/requerimento_05-2024__000329.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1/projeto_de_lei_do_executivo_01-2024_-_receita_leilao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/2/projeto_de_lei_do_executivo_02-2024_-_especial_por_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/3/projeto_de_lei_do_executivo_03-2024_-_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/4/projeto_de_lei_do_executivo_04-2024_-_suplementar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/5/projeto_de_lei_do_executivo_05-2024_-_reajuste_geral_servidores_2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/6/projeto_de_lei_do_executivo_06-2024_-_reajuste_piso_salarial_professores_2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/7/projeto_de_lei_do_executivo_07-2024_-_reajuste_subsidio_2024_prefeito_vice_e_secretario.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/8/projeto_de_lei_do_executivo_08-2024_-_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/9/projeto_de_lei_do_executivo_09-2024_-_cria_fg_de_encarregado_do_departamento_de_comunicacao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/12/102024_-_ouvidoria_municipal_de_saude.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/14/projeto_de_lei_do_executivo_12-2024_-_especial_por_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/15/projeto_de_lei_do_executivo_13-2024_-_suplementar.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/16/projeto_de_lei_do_executivo_14-2024_-_declaracao_de_utilidade_publica_associacao_de_moradores.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/22/projeto_de_lei_do_executivo_17-2024_-_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/23/projeto_de_lei_do_executivo_18-2024_-_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/24/projeto_de_lei_do_executivo_19-2024_-_ratificacao_cisnorp.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/25/projeto_de_lei_do_executivo_20-2024_-_abertura_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/27/projeto_de_lei_do_executivo_22-2024_-_abertura_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/28/projeto_de_lei_do_executivo_23-2024_-__abertura_de_credito_por_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/29/projeto_de_lei_do_executivo_24-2024_-_cria_fg_de__coordenador_epidemiologia.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/30/projeto_de_lei_do_executivo_25-2024_-_criacao_do_conselho_municipal_de_meio_ambiente_-_comdema.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/31/projeto_de_lei_do_executivo_26-2024_-_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/32/projeto_de_lei_do_executivo_27-2025_-_criacao_do_conselho_municipal_de_seguranca_alimentar_-_comsea.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/33/projeto_de_lei_do_executivo_28-2024_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/34/projeto_de_lei_do_executivo_29-2024_-_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/36/projeto_de_lei_do_executivo_30-2024_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/38/projeto_de_lei_do_executivo_31-2024_-_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/39/projeto_de_lei_do_executivo_32-2024_-_especial_por_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/40/projeto_de_lei_do_executivo_33-2024_-_suplementar.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/46/projeto_de_lei_do_executivo_34-2024_-_utilizacao_de_transporte_escolar_pela_escolinha_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/47/projeto_de_lei_do_executivo_35-2024__-_criacao_de_vaga_-_agente_de_saude.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/54/projeto_de_lei_do_executivo_36-2024_-_especial_por_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/55/projeto_de_lei_do_executivo_37-2024_-_suplementar.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/56/projeto_de_lei_do_executivo_38-2024_-_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/66/projeto_de_lei_do_executivo_39-2024_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/70/projeto_de_lei_do_executivo_41-2024_-_abertura_de_credito_especial_por_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/71/projeto_de_lei_do_executivo_42-2024-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/72/projeto_de_lei_do_executivo_43-2024_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/74/projeto_de_lei_do_executivo_44-2024_-_denmina_parque_urbano.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/75/projeto_de_lei_do_executivo_45-_2024_-_abertura_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/76/projeto_de_lei_do_executivo_46-2024_-_abertura_de_credito_superativ.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/77/projeto_de_lei_do_executivo_47-2024_-_abertura_de_credito_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/78/482024_loa_novo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/80/projeto_de_lei_do_executivo_49-2024_-_abertura_de_credito_especial_suplementar.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/81/projeto_de_lei_do_executivo_50-2024_-_abertura_de_credito_exesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/83/projeto_de_lei_do_executivo_51-2024_-_abertura_de_cedito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/84/projeto_de_lei_do_executivo_52-2024_-_abertura_de_credito_por_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/86/projeto_de_lei_do_executivo_53-2024_-_institui_o_plano_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/87/projeto_de_lei_do_executivo_54-2024_-_abertura_de_credito_especial_excesso.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/89/projeto_de_lei_do_executivo_55-2024_-_extincao_do_cargo_efetivo_de_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/90/projeto_de_lei_do_executivo_56-2024_-_abertura_de_credito_espcial_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/91/projeto_de_lei_do_executivo_57-2024_-_abertura_de_credito_especial_suplementar.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/92/projeto_de_lei_do_executivoi_58_-2024_-_especial_por_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/10/01_-_projeto_de_lei_legislativo_01_-_reajuste_servidores.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/11/02_-_projeto_de_lei_legislativo_02_-_reajuste_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/35/04_-_projeto_de_lei_legislativo_04_-_denomina_predio_publico.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/37/pll_06-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/41/06-_projeto_de_lei_do_poder_legislativo_06.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/60/07_-_projeto_de_lei_do_legislativo_07-2024_-_nomeia_predio_publico__000324.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/61/08_-_projeto_de_lei_do_legislativo_08-2024_-_nomeia_predio_publico__000325.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/63/09_-_projeto_de_lei_do_legislativo_09-2024__000330.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/64/10_-_projeto_de_lei_do_legisaltivo_10_000340.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/65/11_-_projeto_de_lei_do_legisaltivo_11_000339.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/68/12_-_projeto_de_lei_do_legislativo_12-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/73/13_-_projeto_de_lei_do_legislativo_13-2024_000344.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/82/03_-_projeto_de_decreto_legislativo_03_-_prestacao_de_contas_2021.doc.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/48/indicacao_01-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/49/indicacao_02-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/50/indicacao_03-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/51/indicacao_04-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/52/indicacao_05-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/53/indicacao06-2024_000321.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/57/indicacao_07-2024__000328.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/58/indicacao_08-2024__000326.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/59/indicacao_09-2024__000327.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/69/indicacao_10-2024_000341.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/45/requerimento_02-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saltodoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/62/requerimento_05-2024__000329.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="164.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="175.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="174.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>