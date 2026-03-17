--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -10,68 +10,119 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="23">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
+  </si>
+  <si>
+    <t>expediente</t>
+  </si>
+  <si>
+    <t>ATA DA SESSÃO ANTERIOR nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>MESA DIRETORA - MESA DIRETORA</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Anterior.</t>
+  </si>
+  <si>
+    <t>Proposição incluída no expediente para discussão e votação</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI ORDINÁRIA nº 3 de 2026</t>
+  </si>
+  <si>
+    <t>CHEFE DO PODER EXECUTIVO MUNICIPAL - CPEM</t>
+  </si>
+  <si>
+    <t>“Fixa o piso salarial do magistério no Município de Salto do Itararé e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>Proposição inclusa no expediente para leitura</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>VANDERLAN FERREIRA DE ALMEIDA</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Honorário.</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>Mário César Espósito</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal, Senhor Claudeci José de Oliveira, que seja providenciado a equiparação dos vencimentos dos professores inativos do Município igual aos vencimentos dos professores em atividade.</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>Indica Senhor ao Prefeito Municipal, Claudeci José de Oliveira, que sejam tomadas as providências necessárias no sentido de disponibilizar ao Departamento de Cultura do Município de Salto do Itararé um espaço específico para suas atividades tornando-se a Casa da Cultura.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -363,82 +414,182 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F1"/>
+  <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="2.85546875" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="8.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="42.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="43.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="243.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="55.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6">
+      <c r="A2">
+        <v>244</v>
+      </c>
+      <c r="B2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
+      <c r="A3">
+        <v>243</v>
+      </c>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F3" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4">
+        <v>238</v>
+      </c>
+      <c r="B4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F4" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5">
+        <v>245</v>
+      </c>
+      <c r="B5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6">
+        <v>246</v>
+      </c>
+      <c r="B6" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>